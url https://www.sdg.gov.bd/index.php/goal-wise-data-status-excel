--- v1 (2025-12-08)
+++ v2 (2026-01-09)
@@ -12,230 +12,224 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Goal Wise Data Status" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Baseline with updated data</t>
   </si>
   <si>
     <t>Baseline without updated data</t>
   </si>
   <si>
     <t>No baseline</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Percent (%)</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>No Poverty</t>
   </si>
   <si>
     <t>69.23%</t>
   </si>
   <si>
     <t>30.77%</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
     <t>Zero Hunger</t>
   </si>
   <si>
-    <t>73.33%</t>
+    <t>86.67%</t>
+  </si>
+  <si>
+    <t>13.33%</t>
+  </si>
+  <si>
+    <t>Good health and well-being</t>
+  </si>
+  <si>
+    <t>67.86%</t>
+  </si>
+  <si>
+    <t>28.57%</t>
+  </si>
+  <si>
+    <t>3.57%</t>
+  </si>
+  <si>
+    <t>Quality Education</t>
+  </si>
+  <si>
+    <t>91.67%</t>
+  </si>
+  <si>
+    <t>8.33%</t>
+  </si>
+  <si>
+    <t>Gender Equality</t>
+  </si>
+  <si>
+    <t>84.62%</t>
+  </si>
+  <si>
+    <t>7.69%</t>
+  </si>
+  <si>
+    <t>Clean water and Sanitation</t>
+  </si>
+  <si>
+    <t>72.73%</t>
+  </si>
+  <si>
+    <t>27.27%</t>
+  </si>
+  <si>
+    <t>Affordable and Clean Energy</t>
+  </si>
+  <si>
+    <t>83.33%</t>
+  </si>
+  <si>
+    <t>16.67%</t>
+  </si>
+  <si>
+    <t>Decent work and Economic growth</t>
+  </si>
+  <si>
+    <t>88.24%</t>
+  </si>
+  <si>
+    <t>11.76%</t>
+  </si>
+  <si>
+    <t>Industry, Innovation and Infrastructure</t>
+  </si>
+  <si>
+    <t>Reduced Inequalities</t>
+  </si>
+  <si>
+    <t>57.14%</t>
+  </si>
+  <si>
+    <t>21.43%</t>
+  </si>
+  <si>
+    <t>Sustainable Cities and Communities</t>
+  </si>
+  <si>
+    <t>25.00%</t>
+  </si>
+  <si>
+    <t>37.50%</t>
+  </si>
+  <si>
+    <t>Responsible Consumption and Production</t>
+  </si>
+  <si>
+    <t>46.15%</t>
+  </si>
+  <si>
+    <t>38.46%</t>
+  </si>
+  <si>
+    <t>15.38%</t>
+  </si>
+  <si>
+    <t>Climate Action</t>
+  </si>
+  <si>
+    <t>62.50%</t>
+  </si>
+  <si>
+    <t>12.50%</t>
+  </si>
+  <si>
+    <t>Life Below Water</t>
+  </si>
+  <si>
+    <t>40.00%</t>
   </si>
   <si>
     <t>20.00%</t>
   </si>
   <si>
-    <t>6.67%</t>
-[...109 lines deleted...]
-  <si>
     <t>Life on Land</t>
   </si>
   <si>
     <t>14.29%</t>
   </si>
   <si>
     <t>71.43%</t>
   </si>
   <si>
     <t>Peace, Justice and strong Institutions</t>
   </si>
   <si>
-    <t>66.67%</t>
-[...4 lines deleted...]
-  <si>
     <t>Partnerships for the Goals</t>
   </si>
   <si>
-    <t>41.67%</t>
+    <t>33.33%</t>
+  </si>
+  <si>
+    <t>4.17%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -624,486 +618,483 @@
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
         <v>4</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
         <v>17</v>
       </c>
-      <c r="C5">
+      <c r="E5">
+        <v>8</v>
+      </c>
+      <c r="F5" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>21</v>
       </c>
-      <c r="C6">
-[...4 lines deleted...]
-      </c>
       <c r="E6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C8">
         <v>8</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
       <c r="I8">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
         <v>21</v>
       </c>
-      <c r="C11">
-[...4 lines deleted...]
-      </c>
       <c r="E11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
       <c r="I11">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G12">
         <v>3</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E13">
         <v>6</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G13">
         <v>6</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" t="s">
         <v>42</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>6</v>
+      </c>
+      <c r="D14" t="s">
         <v>43</v>
       </c>
-      <c r="C14">
+      <c r="E14">
         <v>5</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
       <c r="I14">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
         <v>49</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16">
+        <v>4</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16">
+        <v>4</v>
+      </c>
+      <c r="F16" t="s">
         <v>50</v>
       </c>
-      <c r="C16">
-[...10 lines deleted...]
-      </c>
       <c r="G16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B19" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="C19">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E19">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>