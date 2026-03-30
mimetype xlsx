--- v3 (2026-02-10)
+++ v4 (2026-03-30)
@@ -12,218 +12,224 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Goal Wise Data Status" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Baseline with updated data</t>
   </si>
   <si>
     <t>Baseline without updated data</t>
   </si>
   <si>
     <t>No baseline</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Percent (%)</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>No Poverty</t>
   </si>
   <si>
-    <t>61.54%</t>
-[...2 lines deleted...]
-    <t>38.46%</t>
+    <t>53.85%</t>
+  </si>
+  <si>
+    <t>46.15%</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
     <t>Zero Hunger</t>
   </si>
   <si>
-    <t>86.67%</t>
-[...2 lines deleted...]
-    <t>13.33%</t>
+    <t>60.00%</t>
+  </si>
+  <si>
+    <t>40.00%</t>
   </si>
   <si>
     <t>Good health and well-being</t>
   </si>
   <si>
+    <t>57.14%</t>
+  </si>
+  <si>
+    <t>39.29%</t>
+  </si>
+  <si>
+    <t>3.57%</t>
+  </si>
+  <si>
+    <t>Quality Education</t>
+  </si>
+  <si>
+    <t>91.67%</t>
+  </si>
+  <si>
+    <t>8.33%</t>
+  </si>
+  <si>
+    <t>Gender Equality</t>
+  </si>
+  <si>
+    <t>69.23%</t>
+  </si>
+  <si>
+    <t>23.08%</t>
+  </si>
+  <si>
+    <t>7.69%</t>
+  </si>
+  <si>
+    <t>Clean water and Sanitation</t>
+  </si>
+  <si>
+    <t>90.91%</t>
+  </si>
+  <si>
+    <t>9.09%</t>
+  </si>
+  <si>
+    <t>Affordable and Clean Energy</t>
+  </si>
+  <si>
+    <t>83.33%</t>
+  </si>
+  <si>
+    <t>16.67%</t>
+  </si>
+  <si>
+    <t>Decent work and Economic growth</t>
+  </si>
+  <si>
+    <t>76.47%</t>
+  </si>
+  <si>
+    <t>23.53%</t>
+  </si>
+  <si>
+    <t>Industry, Innovation and Infrastructure</t>
+  </si>
+  <si>
+    <t>75.00%</t>
+  </si>
+  <si>
+    <t>25.00%</t>
+  </si>
+  <si>
+    <t>Reduced Inequalities</t>
+  </si>
+  <si>
     <t>64.29%</t>
   </si>
   <si>
-    <t>32.14%</t>
-[...58 lines deleted...]
-  <si>
     <t>21.43%</t>
   </si>
   <si>
+    <t>14.29%</t>
+  </si>
+  <si>
     <t>Sustainable Cities and Communities</t>
   </si>
   <si>
+    <t>18.75%</t>
+  </si>
+  <si>
+    <t>50.00%</t>
+  </si>
+  <si>
+    <t>31.25%</t>
+  </si>
+  <si>
+    <t>Responsible Consumption and Production</t>
+  </si>
+  <si>
+    <t>30.77%</t>
+  </si>
+  <si>
+    <t>15.38%</t>
+  </si>
+  <si>
+    <t>Climate Action</t>
+  </si>
+  <si>
     <t>37.50%</t>
   </si>
   <si>
-    <t>Responsible Consumption and Production</t>
-[...11 lines deleted...]
-    <t>Climate Action</t>
+    <t>12.50%</t>
+  </si>
+  <si>
+    <t>Life Below Water</t>
+  </si>
+  <si>
+    <t>20.00%</t>
+  </si>
+  <si>
+    <t>Life on Land</t>
+  </si>
+  <si>
+    <t>71.43%</t>
+  </si>
+  <si>
+    <t>Peace, Justice and strong Institutions</t>
   </si>
   <si>
     <t>62.50%</t>
-  </si>
-[...28 lines deleted...]
-    <t>20.83%</t>
   </si>
   <si>
     <t>Partnerships for the Goals</t>
   </si>
   <si>
     <t>54.17%</t>
   </si>
   <si>
     <t>41.67%</t>
   </si>
   <si>
     <t>4.17%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -598,503 +604,503 @@
       </c>
       <c r="E2" t="s">
         <v>6</v>
       </c>
       <c r="F2" t="s">
         <v>5</v>
       </c>
       <c r="G2" t="s">
         <v>6</v>
       </c>
       <c r="H2" t="s">
         <v>5</v>
       </c>
       <c r="I2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
       <c r="I3">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
       <c r="I4">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
       <c r="I5">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
       <c r="I6">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
       <c r="I7">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>28</v>
+      </c>
+      <c r="E8">
+        <v>1</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
       <c r="I8">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10">
         <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
       <c r="I10">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C11">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
       <c r="I11">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C12">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
       <c r="I12">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E13">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F13" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
       <c r="I13">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
       <c r="I14">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="E15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
       <c r="I15">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="C16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F16" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
       <c r="I16">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="s">
         <v>11</v>
       </c>
       <c r="I17">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="s">
         <v>11</v>
       </c>
       <c r="I18">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C19">
         <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E19">
         <v>10</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19" t="s">
         <v>11</v>
       </c>
       <c r="I19">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>