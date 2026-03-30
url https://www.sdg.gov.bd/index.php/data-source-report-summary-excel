--- v3 (2026-02-10)
+++ v4 (2026-03-30)
@@ -869,60 +869,60 @@
       </c>
       <c r="F7">
         <v>7.84</v>
       </c>
       <c r="G7">
         <v>8</v>
       </c>
       <c r="H7">
         <v>100</v>
       </c>
       <c r="I7">
         <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>0.0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
+        <v>55.56</v>
+      </c>
+      <c r="E8">
+        <v>5</v>
+      </c>
+      <c r="F8">
         <v>44.44</v>
       </c>
-      <c r="E8">
+      <c r="G8">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
       <c r="H8">
         <v>100</v>
       </c>
       <c r="I8">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9">
         <v>0.0</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>33.33</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
@@ -1414,60 +1414,60 @@
       </c>
       <c r="D26">
         <v>66.67</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>33.33</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26">
         <v>100</v>
       </c>
       <c r="I26">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>31</v>
       </c>
       <c r="B27">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="C27">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D27">
-        <v>100.0</v>
+        <v>75.0</v>
       </c>
       <c r="E27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F27">
         <v>0.0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>100</v>
       </c>
       <c r="I27">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28">
         <v>0.0</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28">
@@ -1739,60 +1739,60 @@
       </c>
       <c r="F37">
         <v>100.0</v>
       </c>
       <c r="G37">
         <v>2</v>
       </c>
       <c r="H37">
         <v>100</v>
       </c>
       <c r="I37">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>42</v>
       </c>
       <c r="B38">
         <v>0.0</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38">
-        <v>33.33</v>
+        <v>50.0</v>
       </c>
       <c r="E38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F38">
-        <v>66.67</v>
+        <v>50.0</v>
       </c>
       <c r="G38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H38">
         <v>100</v>
       </c>
       <c r="I38">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>43</v>
       </c>
       <c r="B39">
         <v>0.0</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
         <v>66.67</v>
       </c>
       <c r="E39">
         <v>8</v>
       </c>
       <c r="F39">
@@ -2023,60 +2023,60 @@
       </c>
       <c r="D47">
         <v>50.0</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
         <v>50.0</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="H47">
         <v>100</v>
       </c>
       <c r="I47">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>52</v>
       </c>
       <c r="B48">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="C48">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D48">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="E48">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F48">
         <v>0.0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>100</v>
       </c>
       <c r="I48">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>53</v>
       </c>
       <c r="B49">
         <v>0.0</v>
       </c>
       <c r="C49">
         <v>0</v>
       </c>
       <c r="D49">