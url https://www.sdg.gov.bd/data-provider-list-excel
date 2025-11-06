--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -584,134 +584,134 @@
   <si>
     <t>meragerosy@gmail.com</t>
   </si>
   <si>
     <t>01716228698</t>
   </si>
   <si>
     <t>Md. Hasib Mamun</t>
   </si>
   <si>
     <t>hasib.niport@gmail.com</t>
   </si>
   <si>
     <t>Health Education &amp; Family Welfare Division</t>
   </si>
   <si>
     <t>Md. Abdul Alim</t>
   </si>
   <si>
     <t>alimscohfw@gmail.com</t>
   </si>
   <si>
     <t>01717986768</t>
   </si>
   <si>
+    <t>Ministry of Commerce</t>
+  </si>
+  <si>
+    <t>SHAKHAOWAT HOSSAIN</t>
+  </si>
+  <si>
+    <t>mitulunited@gmail.com</t>
+  </si>
+  <si>
+    <t>01735434477</t>
+  </si>
+  <si>
+    <t>University Grants Commission of Bangladesh (UGC)</t>
+  </si>
+  <si>
+    <t>probir_star@yahoo.com</t>
+  </si>
+  <si>
+    <t>01714822008</t>
+  </si>
+  <si>
+    <t>BIDS</t>
+  </si>
+  <si>
+    <t>Riton Kumar Roy</t>
+  </si>
+  <si>
+    <t>IT Manager</t>
+  </si>
+  <si>
+    <t>riton@bids.org.bd</t>
+  </si>
+  <si>
+    <t>01711314908</t>
+  </si>
+  <si>
+    <t>Dr. A B M KHALDUN</t>
+  </si>
+  <si>
+    <t>abkhaldun@gmail.com</t>
+  </si>
+  <si>
+    <t>01717850140</t>
+  </si>
+  <si>
+    <t>Department of Social Services</t>
+  </si>
+  <si>
+    <t>sunzida sultana</t>
+  </si>
+  <si>
+    <t>sunzu.kona@gmail.com</t>
+  </si>
+  <si>
+    <t>01678034127</t>
+  </si>
+  <si>
+    <t>Ministry Of Cultural Affairs</t>
+  </si>
+  <si>
+    <t>RUMPA RANI SARKER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assistant Maintenance Engineer  </t>
+  </si>
+  <si>
+    <t>r.rumpasarker@gmail.com</t>
+  </si>
+  <si>
+    <t>01791942780</t>
+  </si>
+  <si>
     <t>Directorate of Health</t>
   </si>
   <si>
     <t>Md. Toufiq Hassan Shawon</t>
   </si>
   <si>
     <t>sawontheboss4@gmail.com</t>
   </si>
   <si>
     <t>01710571571</t>
   </si>
   <si>
-    <t>Ministry of Commerce</t>
-[...70 lines deleted...]
-  <si>
     <t>BANBEIS</t>
   </si>
   <si>
     <t>Noor Mohammad</t>
   </si>
   <si>
     <t>noor.sbi.du@gmail.com</t>
   </si>
   <si>
     <t>01710480992</t>
   </si>
   <si>
     <t>Bangladesh Fisheries Research Institute</t>
   </si>
   <si>
     <t>msi.89p@gmail.com</t>
   </si>
   <si>
     <t>01722910270</t>
   </si>
   <si>
     <t>Hydrocarbon Unit</t>
   </si>
   <si>
     <t>Shihab Mahmud</t>
@@ -761,51 +761,51 @@
   <si>
     <t>Senior Assistant Head</t>
   </si>
   <si>
     <t>sunirmol_00@yahoo.com</t>
   </si>
   <si>
     <t>01914219333</t>
   </si>
   <si>
     <t>Joint Rivers Commission, Bangladesh</t>
   </si>
   <si>
     <t>K. M. Saki Ingil</t>
   </si>
   <si>
     <t>Sub-Divisional Engineer</t>
   </si>
   <si>
     <t>sakiingil.buet@gmail.com</t>
   </si>
   <si>
     <t>01521211143</t>
   </si>
   <si>
-    <t>Ministry of Expatriate Welfare &amp;amp; Overseas Employment</t>
+    <t>Ministry of Expatriate Welfare &amp;amp;amp; Overseas Employment</t>
   </si>
   <si>
     <t>Md. Shafi Uddin Shekh</t>
   </si>
   <si>
     <t>shafi1976uddin@gmail.com</t>
   </si>
   <si>
     <t>01716749216</t>
   </si>
   <si>
     <t>BJRI</t>
   </si>
   <si>
     <t>Dr. Md. Zakir Hosen</t>
   </si>
   <si>
     <t>zakirbjri@gmail.com</t>
   </si>
   <si>
     <t>01306769900</t>
   </si>
   <si>
     <t>Public Private Partnership Authority, Chief Adviser’s Office</t>
   </si>
@@ -2255,177 +2255,177 @@
       </c>
       <c r="D46" t="s">
         <v>18</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46" t="s">
         <v>188</v>
       </c>
       <c r="G46" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>190</v>
       </c>
       <c r="C47" t="s">
         <v>191</v>
       </c>
       <c r="D47" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
         <v>10</v>
       </c>
       <c r="F47" t="s">
         <v>192</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>194</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
         <v>195</v>
       </c>
-      <c r="D48" t="s">
-[...5 lines deleted...]
-      <c r="F48" t="s">
+      <c r="G48" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" t="s">
         <v>198</v>
       </c>
+      <c r="D49" t="s">
+        <v>199</v>
+      </c>
       <c r="E49" t="s">
         <v>10</v>
       </c>
       <c r="F49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G49" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>201</v>
+        <v>95</v>
       </c>
       <c r="C50" t="s">
         <v>202</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
         <v>203</v>
       </c>
-      <c r="E50" t="s">
-[...2 lines deleted...]
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>95</v>
+        <v>205</v>
       </c>
       <c r="C51" t="s">
         <v>206</v>
       </c>
       <c r="E51" t="s">
         <v>10</v>
       </c>
       <c r="F51" t="s">
         <v>207</v>
       </c>
       <c r="G51" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>209</v>
       </c>
       <c r="C52" t="s">
         <v>210</v>
       </c>
+      <c r="D52" t="s">
+        <v>211</v>
+      </c>
       <c r="E52" t="s">
         <v>10</v>
       </c>
       <c r="F52" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G52" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C53" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D53" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53" t="s">
         <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>218</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
       <c r="D54" t="s">
         <v>18</v>
       </c>
       <c r="E54" t="s">