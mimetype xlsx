--- v1 (2025-11-06)
+++ v2 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Provider List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>SHED</t>
   </si>
   <si>
@@ -89,54 +89,54 @@
   <si>
     <t>01966993060</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>naowrin234@gmail.com</t>
   </si>
   <si>
     <t>Bangladesh Parliament Secretariat</t>
   </si>
   <si>
     <t>Sadi Anwar Chowdhury</t>
   </si>
   <si>
     <t>sadi115@gmail.com</t>
   </si>
   <si>
     <t>01715298417</t>
   </si>
   <si>
-    <t>Amina Nasrin</t>
-[...2 lines deleted...]
-    <t>amina.nasrin@bb.org.bd</t>
+    <t>Syed Mohammad Sadat</t>
+  </si>
+  <si>
+    <t>syed.md.sadat@gmail.com</t>
   </si>
   <si>
     <t>DIRECTORATE OF SECONDARY AND HIGHER EDUCATION</t>
   </si>
   <si>
     <t>MINHAJ UDDIN AHAMMAD</t>
   </si>
   <si>
     <t>Assistant Director(Pla &amp; Dev)-3</t>
   </si>
   <si>
     <t xml:space="preserve">ahammad.mu@gmail.com </t>
   </si>
   <si>
     <t>Ministry of Environment, Forest and Climate Change</t>
   </si>
   <si>
     <t>Assistant Programmer</t>
   </si>
   <si>
     <t>lailyec@gmail.com</t>
   </si>
   <si>
     <t>01935677758</t>
   </si>
@@ -509,312 +509,321 @@
   <si>
     <t>01918123421</t>
   </si>
   <si>
     <t>Toukir Ahmad Anik</t>
   </si>
   <si>
     <t>toukir.buet@gmail.com</t>
   </si>
   <si>
     <t>Department of Fisheries</t>
   </si>
   <si>
     <t>rekha.bau2@gmail.com</t>
   </si>
   <si>
     <t>01723007454</t>
   </si>
   <si>
     <t>Ahmedul Kabir</t>
   </si>
   <si>
     <t>aigrp&amp;i@police.gov.bd</t>
   </si>
   <si>
+    <t>তথ্য কমিশন, শেরেবাংলা নগর, ঢাকা</t>
+  </si>
+  <si>
+    <t>Md. Tariqul Islam</t>
+  </si>
+  <si>
+    <t>ap@infocom.gov.bd</t>
+  </si>
+  <si>
+    <t>01750008265</t>
+  </si>
+  <si>
     <t>National Human Rights Commission, Bangladesh</t>
   </si>
   <si>
     <t>ad.it@nhrc.org.bd</t>
   </si>
   <si>
     <t>01783999952</t>
   </si>
   <si>
     <t>National Board of Revenue</t>
   </si>
   <si>
     <t>MD. MONIRUL ISLAM</t>
   </si>
   <si>
     <t>monirulislam.nbr@gmail.com</t>
   </si>
   <si>
     <t>01687332074</t>
   </si>
   <si>
-    <t>Bangladesh Telecommunication Regulatory Commission</t>
-[...10 lines deleted...]
-  <si>
     <t>এনজিও বিষয়ক ব্যুরো</t>
   </si>
   <si>
     <t>Bipul Dhandra Das</t>
   </si>
   <si>
     <t>bipul311286@gmail.com</t>
   </si>
   <si>
     <t>01723457807</t>
   </si>
   <si>
     <t>Statistics and Informatices Division</t>
   </si>
   <si>
     <t>Merage begum</t>
   </si>
   <si>
     <t>meragerosy@gmail.com</t>
   </si>
   <si>
     <t>01716228698</t>
   </si>
   <si>
     <t>Md. Hasib Mamun</t>
   </si>
   <si>
     <t>hasib.niport@gmail.com</t>
   </si>
   <si>
     <t>Health Education &amp; Family Welfare Division</t>
   </si>
   <si>
     <t>Md. Abdul Alim</t>
   </si>
   <si>
     <t>alimscohfw@gmail.com</t>
   </si>
   <si>
     <t>01717986768</t>
   </si>
   <si>
     <t>Ministry of Commerce</t>
   </si>
   <si>
+    <t>Md. Sarwar Salam</t>
+  </si>
+  <si>
+    <t>sarwarlawdu@gmail.com</t>
+  </si>
+  <si>
+    <t>01913797766</t>
+  </si>
+  <si>
+    <t>University Grants Commission of Bangladesh (UGC)</t>
+  </si>
+  <si>
+    <t>probir_star@yahoo.com</t>
+  </si>
+  <si>
+    <t>01714822008</t>
+  </si>
+  <si>
+    <t>BIDS</t>
+  </si>
+  <si>
+    <t>Riton Kumar Roy</t>
+  </si>
+  <si>
+    <t>IT Manager</t>
+  </si>
+  <si>
+    <t>riton@bids.org.bd</t>
+  </si>
+  <si>
+    <t>01711314908</t>
+  </si>
+  <si>
+    <t>Dr. A B M KHALDUN</t>
+  </si>
+  <si>
+    <t>abkhaldun@gmail.com</t>
+  </si>
+  <si>
+    <t>01717850140</t>
+  </si>
+  <si>
+    <t>Department of Social Services</t>
+  </si>
+  <si>
+    <t>sunzida sultana</t>
+  </si>
+  <si>
+    <t>sunzu.kona@gmail.com</t>
+  </si>
+  <si>
+    <t>01678034127</t>
+  </si>
+  <si>
+    <t>Ministry Of Cultural Affairs</t>
+  </si>
+  <si>
+    <t>RUMPA RANI SARKER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assistant Maintenance Engineer  </t>
+  </si>
+  <si>
+    <t>r.rumpasarker@gmail.com</t>
+  </si>
+  <si>
+    <t>01791942780</t>
+  </si>
+  <si>
+    <t>Directorate of Health</t>
+  </si>
+  <si>
+    <t>Md. Toufiq Hassan Shawon</t>
+  </si>
+  <si>
+    <t>sawontheboss4@gmail.com</t>
+  </si>
+  <si>
+    <t>01710571571</t>
+  </si>
+  <si>
+    <t>BANBEIS</t>
+  </si>
+  <si>
+    <t>Noor Mohammad</t>
+  </si>
+  <si>
+    <t>noor.sbi.du@gmail.com</t>
+  </si>
+  <si>
+    <t>01710480992</t>
+  </si>
+  <si>
+    <t>Bangladesh Fisheries Research Institute</t>
+  </si>
+  <si>
+    <t>msi.89p@gmail.com</t>
+  </si>
+  <si>
+    <t>01722910270</t>
+  </si>
+  <si>
+    <t>Hydrocarbon Unit</t>
+  </si>
+  <si>
+    <t>Shihab Mahmud</t>
+  </si>
+  <si>
+    <t>Deputy Director (Exploration and Production)</t>
+  </si>
+  <si>
+    <t>shihab181.nsu@gmail.com</t>
+  </si>
+  <si>
+    <t>01834813396</t>
+  </si>
+  <si>
+    <t>Bangladesh Forest Research Institute</t>
+  </si>
+  <si>
+    <t>Dr. Sheikh Mohammed Rabiul Alam</t>
+  </si>
+  <si>
+    <t>Divisional Officer</t>
+  </si>
+  <si>
+    <t>rabiwild@gmail.com</t>
+  </si>
+  <si>
+    <t>01724485114</t>
+  </si>
+  <si>
+    <t>BRRI</t>
+  </si>
+  <si>
+    <t>Md. Mahfuz Bin Wahab</t>
+  </si>
+  <si>
+    <t>skysony1988@yahoo.com</t>
+  </si>
+  <si>
+    <t>01715138826</t>
+  </si>
+  <si>
+    <t>planning commission</t>
+  </si>
+  <si>
+    <t>Nepoleon Dewan</t>
+  </si>
+  <si>
+    <t>Senior Assistant Head</t>
+  </si>
+  <si>
+    <t>sunirmol_00@yahoo.com</t>
+  </si>
+  <si>
+    <t>01914219333</t>
+  </si>
+  <si>
+    <t>Joint Rivers Commission, Bangladesh</t>
+  </si>
+  <si>
+    <t>K. M. Saki Ingil</t>
+  </si>
+  <si>
+    <t>Sub-Divisional Engineer</t>
+  </si>
+  <si>
+    <t>sakiingil.buet@gmail.com</t>
+  </si>
+  <si>
+    <t>01521211143</t>
+  </si>
+  <si>
+    <t>Ministry of Expatriate Welfare &amp;amp;amp; Overseas Employment</t>
+  </si>
+  <si>
+    <t>Md. Shafi Uddin Shekh</t>
+  </si>
+  <si>
+    <t>shafi1976uddin@gmail.com</t>
+  </si>
+  <si>
+    <t>01716749216</t>
+  </si>
+  <si>
     <t>SHAKHAOWAT HOSSAIN</t>
   </si>
   <si>
     <t>mitulunited@gmail.com</t>
   </si>
   <si>
     <t>01735434477</t>
-  </si>
-[...175 lines deleted...]
-    <t>01716749216</t>
   </si>
   <si>
     <t>BJRI</t>
   </si>
   <si>
     <t>Dr. Md. Zakir Hosen</t>
   </si>
   <si>
     <t>zakirbjri@gmail.com</t>
   </si>
   <si>
     <t>01306769900</t>
   </si>
   <si>
     <t>Public Private Partnership Authority, Chief Adviser’s Office</t>
   </si>
   <si>
     <t>Sharmina Akthar</t>
   </si>
   <si>
     <t>sa_sathi@yahoo.com</t>
   </si>
   <si>
     <t>01816567308</t>
   </si>
@@ -1208,51 +1217,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G69"/>
+  <dimension ref="A1:G70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1351,51 +1360,51 @@
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
-        <v>8801773213313</v>
+        <v>8801728608728</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7">
         <v>1558722901</v>
       </c>
     </row>
@@ -2096,98 +2105,95 @@
         <v>18</v>
       </c>
       <c r="C39" t="s">
         <v>163</v>
       </c>
       <c r="D39" t="s">
         <v>18</v>
       </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39" t="s">
         <v>164</v>
       </c>
       <c r="G39">
         <v>8801320000116</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>165</v>
       </c>
-      <c r="D40" t="s">
-        <v>18</v>
+      <c r="C40" t="s">
+        <v>166</v>
       </c>
       <c r="E40" t="s">
         <v>10</v>
       </c>
       <c r="F40" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G40" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C41" t="s">
         <v>169</v>
       </c>
       <c r="D41" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="E41" t="s">
         <v>10</v>
       </c>
       <c r="F41" t="s">
         <v>170</v>
       </c>
       <c r="G41" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>172</v>
       </c>
       <c r="C42" t="s">
         <v>173</v>
       </c>
       <c r="D42" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s">
         <v>10</v>
       </c>
       <c r="F42" t="s">
         <v>174</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>176</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43" t="s">
@@ -2576,214 +2582,237 @@
       </c>
       <c r="B61" t="s">
         <v>249</v>
       </c>
       <c r="C61" t="s">
         <v>250</v>
       </c>
       <c r="D61" t="s">
         <v>88</v>
       </c>
       <c r="E61" t="s">
         <v>10</v>
       </c>
       <c r="F61" t="s">
         <v>251</v>
       </c>
       <c r="G61" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>190</v>
+      </c>
+      <c r="C62" t="s">
         <v>253</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" t="s">
         <v>254</v>
       </c>
-      <c r="D62" t="s">
-[...5 lines deleted...]
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>256</v>
+      </c>
+      <c r="C63" t="s">
         <v>257</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>18</v>
+      </c>
+      <c r="E63" t="s">
+        <v>10</v>
+      </c>
+      <c r="F63" t="s">
         <v>258</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="F63" t="s">
+      <c r="G63" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>260</v>
+      </c>
+      <c r="C64" t="s">
         <v>261</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>109</v>
+      </c>
+      <c r="E64" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" t="s">
         <v>262</v>
       </c>
-      <c r="D64" t="s">
+      <c r="G64" t="s">
         <v>263</v>
-      </c>
-[...7 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>264</v>
+      </c>
+      <c r="C65" t="s">
+        <v>265</v>
+      </c>
+      <c r="D65" t="s">
         <v>266</v>
       </c>
       <c r="E65" t="s">
         <v>10</v>
       </c>
       <c r="F65" t="s">
         <v>267</v>
       </c>
       <c r="G65" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>269</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
+        <v>10</v>
+      </c>
+      <c r="F66" t="s">
         <v>270</v>
       </c>
-      <c r="D66" t="s">
-[...5 lines deleted...]
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" t="s">
         <v>273</v>
       </c>
       <c r="D67" t="s">
+        <v>37</v>
+      </c>
+      <c r="E67" t="s">
+        <v>10</v>
+      </c>
+      <c r="F67" t="s">
         <v>274</v>
       </c>
-      <c r="E67" t="s">
-[...2 lines deleted...]
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>276</v>
+      </c>
+      <c r="D68" t="s">
         <v>277</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
+        <v>10</v>
+      </c>
+      <c r="F68" t="s">
         <v>278</v>
       </c>
-      <c r="E68" t="s">
-[...2 lines deleted...]
-      <c r="F68" t="s">
+      <c r="G68" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>18</v>
+        <v>280</v>
       </c>
       <c r="C69" t="s">
         <v>281</v>
       </c>
-      <c r="D69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69" t="s">
         <v>282</v>
       </c>
-      <c r="G69">
+      <c r="G69" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70" t="s">
+        <v>18</v>
+      </c>
+      <c r="C70" t="s">
+        <v>284</v>
+      </c>
+      <c r="D70" t="s">
+        <v>18</v>
+      </c>
+      <c r="E70" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" t="s">
+        <v>285</v>
+      </c>
+      <c r="G70">
         <v>8801711226640</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>