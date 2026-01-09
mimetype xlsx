--- v2 (2025-12-07)
+++ v3 (2026-01-09)
@@ -77,50 +77,65 @@
   <si>
     <t>Ministry of Foreign Affairs</t>
   </si>
   <si>
     <t>Md. Sahab Uddin</t>
   </si>
   <si>
     <t>Senior Assistant Secretary</t>
   </si>
   <si>
     <t>sahab.uddin@mofa.gov.bd</t>
   </si>
   <si>
     <t>01966993060</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>naowrin234@gmail.com</t>
   </si>
   <si>
+    <t>Bangladesh Bureau of Statistics (BBS)</t>
+  </si>
+  <si>
+    <t>Naima Akther</t>
+  </si>
+  <si>
+    <t>Deputy Director-1</t>
+  </si>
+  <si>
+    <t>naimalrikta@yahoo.com</t>
+  </si>
+  <si>
+    <t>01914310116</t>
+  </si>
+  <si>
     <t>Bangladesh Parliament Secretariat</t>
   </si>
   <si>
     <t>Sadi Anwar Chowdhury</t>
   </si>
   <si>
     <t>sadi115@gmail.com</t>
   </si>
   <si>
     <t>01715298417</t>
   </si>
   <si>
     <t>Syed Mohammad Sadat</t>
   </si>
   <si>
     <t>syed.md.sadat@gmail.com</t>
   </si>
   <si>
     <t>DIRECTORATE OF SECONDARY AND HIGHER EDUCATION</t>
   </si>
   <si>
     <t>MINHAJ UDDIN AHAMMAD</t>
   </si>
   <si>
     <t>Assistant Director(Pla &amp; Dev)-3</t>
@@ -167,254 +182,242 @@
   <si>
     <t>farzana.cvasu16@gmail.com</t>
   </si>
   <si>
     <t>01624501325</t>
   </si>
   <si>
     <t>BRTA</t>
   </si>
   <si>
     <t>Md.Mashiur Rahman</t>
   </si>
   <si>
     <t>Assistant Maintenance Engineer</t>
   </si>
   <si>
     <t>mashiur.brta@gmail.com</t>
   </si>
   <si>
     <t>01712309966</t>
   </si>
   <si>
     <t>Office of the Registrar General, Birth and Death Registration</t>
   </si>
   <si>
-    <t>Fahmida Shireen</t>
+    <t>Md. Akhtar Jamil</t>
+  </si>
+  <si>
+    <t>Assistant Registrar General</t>
+  </si>
+  <si>
+    <t>arg2@orgbdr.gov.bd</t>
+  </si>
+  <si>
+    <t>01722960589</t>
+  </si>
+  <si>
+    <t>Sustainable &amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
+  </si>
+  <si>
+    <t>Md. Rashedul Alam</t>
+  </si>
+  <si>
+    <t>Assistant Director</t>
+  </si>
+  <si>
+    <t>rashed4912@gmail.com</t>
+  </si>
+  <si>
+    <t>01740969291</t>
+  </si>
+  <si>
+    <t>Bangladesh Inland Water Transport Authority</t>
+  </si>
+  <si>
+    <t>Mizanur Rahman</t>
+  </si>
+  <si>
+    <t>Assistant Coordination Officer</t>
+  </si>
+  <si>
+    <t>mizanbdk@gmail.com</t>
+  </si>
+  <si>
+    <t>01672748770</t>
+  </si>
+  <si>
+    <t>Ministry of Science and Technology</t>
+  </si>
+  <si>
+    <t>Prashanta Kumar Das</t>
+  </si>
+  <si>
+    <t>prashantabcs28@yahoo.com</t>
+  </si>
+  <si>
+    <t>01717260167</t>
+  </si>
+  <si>
+    <t>Economic Relations Division</t>
+  </si>
+  <si>
+    <t>Mohammad Monsour Uddin</t>
+  </si>
+  <si>
+    <t>Joint Secretary</t>
+  </si>
+  <si>
+    <t>monsouruddin@gmail.com</t>
+  </si>
+  <si>
+    <t>01711607005</t>
+  </si>
+  <si>
+    <t>Ministry of Disaster Management and Relief</t>
+  </si>
+  <si>
+    <t>Mohammad Abdul Quader</t>
+  </si>
+  <si>
+    <t>quader75@gmail.com</t>
+  </si>
+  <si>
+    <t>01740555698</t>
+  </si>
+  <si>
+    <t>Ministry of Primary and Mass Education</t>
+  </si>
+  <si>
+    <t>Md. Shahidul Islam</t>
+  </si>
+  <si>
+    <t>shahidmopme@gmail.com</t>
+  </si>
+  <si>
+    <t>01670902036</t>
+  </si>
+  <si>
+    <t>Md.Mohaiminul Islam</t>
+  </si>
+  <si>
+    <t>Assistant Secretary</t>
+  </si>
+  <si>
+    <t>moy6018@gmail.com</t>
+  </si>
+  <si>
+    <t>01975698604</t>
+  </si>
+  <si>
+    <t>Civil Aviation Authority, Bangladesh</t>
+  </si>
+  <si>
+    <t>Md. Masudur Rahman</t>
+  </si>
+  <si>
+    <t>masudeconomist@gmail.com</t>
+  </si>
+  <si>
+    <t>01719729308</t>
+  </si>
+  <si>
+    <t>Bangladesh Agricultural Research Council</t>
+  </si>
+  <si>
+    <t>Dr. Md. Rezwan Molla</t>
+  </si>
+  <si>
+    <t>rezwan.molla@barc.gov.bd</t>
+  </si>
+  <si>
+    <t>01712570443</t>
+  </si>
+  <si>
+    <t>Bangladesh Trade and Tariff Commission</t>
+  </si>
+  <si>
+    <t>Mirza Abul Fazal Md. Tawhidur Rahman</t>
+  </si>
+  <si>
+    <t>mirza.rahman@btc.gov.bd</t>
+  </si>
+  <si>
+    <t>01937859843</t>
+  </si>
+  <si>
+    <t>Department of Forest</t>
+  </si>
+  <si>
+    <t>Afroza Begum</t>
+  </si>
+  <si>
+    <t>afrozarofd@gmail.com</t>
+  </si>
+  <si>
+    <t>01711283846</t>
+  </si>
+  <si>
+    <t>Dept of Environment</t>
+  </si>
+  <si>
+    <t>Dr. Sonia Afsana</t>
+  </si>
+  <si>
+    <t>Deputy Director</t>
+  </si>
+  <si>
+    <t>sonia.afsana@yahoo.com</t>
+  </si>
+  <si>
+    <t>01554253327</t>
+  </si>
+  <si>
+    <t>muzammal@batworld.com</t>
+  </si>
+  <si>
+    <t>Bangladesh Inland Water Transport Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Md. Solayman Hossain </t>
+  </si>
+  <si>
+    <t>solayman.biwtc@gmail.com</t>
+  </si>
+  <si>
+    <t>01739366606</t>
+  </si>
+  <si>
+    <t>Local Government Division</t>
+  </si>
+  <si>
+    <t>Md. Shafiqul Islam</t>
   </si>
   <si>
     <t>Programmer</t>
   </si>
   <si>
-    <t>shireenfahmida @gmail.com</t>
-[...196 lines deleted...]
-  <si>
     <t>shafiq36.ju@gmail.com</t>
   </si>
   <si>
     <t>01684287462</t>
   </si>
   <si>
     <t>Department of Disaster Management</t>
   </si>
   <si>
     <t>Md. Jahid Hasan</t>
   </si>
   <si>
     <t>Office in Charge</t>
   </si>
   <si>
     <t>jh_ce@yahoo.com</t>
   </si>
   <si>
     <t>01712418971</t>
   </si>
   <si>
     <t>Cotton Development Board</t>
   </si>
   <si>
     <t>Fahinur Rahman Shatil</t>
@@ -510,53 +513,50 @@
     <t>01918123421</t>
   </si>
   <si>
     <t>Toukir Ahmad Anik</t>
   </si>
   <si>
     <t>toukir.buet@gmail.com</t>
   </si>
   <si>
     <t>Department of Fisheries</t>
   </si>
   <si>
     <t>rekha.bau2@gmail.com</t>
   </si>
   <si>
     <t>01723007454</t>
   </si>
   <si>
     <t>Ahmedul Kabir</t>
   </si>
   <si>
     <t>aigrp&amp;i@police.gov.bd</t>
   </si>
   <si>
     <t>তথ্য কমিশন, শেরেবাংলা নগর, ঢাকা</t>
-  </si>
-[...1 lines deleted...]
-    <t>Md. Tariqul Islam</t>
   </si>
   <si>
     <t>ap@infocom.gov.bd</t>
   </si>
   <si>
     <t>01750008265</t>
   </si>
   <si>
     <t>National Human Rights Commission, Bangladesh</t>
   </si>
   <si>
     <t>ad.it@nhrc.org.bd</t>
   </si>
   <si>
     <t>01783999952</t>
   </si>
   <si>
     <t>National Board of Revenue</t>
   </si>
   <si>
     <t>MD. MONIRUL ISLAM</t>
   </si>
   <si>
     <t>monirulislam.nbr@gmail.com</t>
   </si>
@@ -1328,136 +1328,136 @@
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4">
         <v>8801627966449</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>8801728608728</v>
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G7">
-        <v>1558722901</v>
+        <v>8801728608728</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>35</v>
+      </c>
+      <c r="G8">
+        <v>1558722901</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C9" t="s">
         <v>36</v>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
@@ -1555,74 +1555,74 @@
       </c>
       <c r="D14" t="s">
         <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>10</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16" t="s">
         <v>72</v>
       </c>
       <c r="G16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>76</v>
       </c>
       <c r="E17" t="s">
@@ -1644,51 +1644,51 @@
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="E18" t="s">
         <v>10</v>
       </c>
       <c r="F18" t="s">
         <v>81</v>
       </c>
       <c r="G18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>10</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>88</v>
       </c>
       <c r="E20" t="s">
@@ -1845,355 +1845,352 @@
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="E28" t="s">
         <v>10</v>
       </c>
       <c r="F28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E29" t="s">
         <v>10</v>
       </c>
       <c r="F29" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C30" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E30" t="s">
         <v>10</v>
       </c>
       <c r="F30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E31" t="s">
         <v>10</v>
       </c>
       <c r="F31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C33" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D33" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E35" t="s">
         <v>10</v>
       </c>
       <c r="F35" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C36" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D36" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E36" t="s">
         <v>10</v>
       </c>
       <c r="F36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>18</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
         <v>10</v>
       </c>
       <c r="F37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G37">
         <v>8801515623103</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E38" t="s">
         <v>10</v>
       </c>
       <c r="F38" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G38" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>18</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
         <v>18</v>
       </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G39">
         <v>8801320000116</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C40" t="s">
         <v>166</v>
       </c>
       <c r="E40" t="s">
         <v>10</v>
       </c>
       <c r="F40" t="s">
         <v>167</v>
       </c>
       <c r="G40" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>169</v>
       </c>
       <c r="D41" t="s">
         <v>18</v>
       </c>
       <c r="E41" t="s">
         <v>10</v>
       </c>
       <c r="F41" t="s">
         <v>170</v>
       </c>
       <c r="G41" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>172</v>
       </c>
       <c r="C42" t="s">
         <v>173</v>
       </c>
       <c r="D42" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="E42" t="s">
         <v>10</v>
       </c>
       <c r="F42" t="s">
         <v>174</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>176</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43" t="s">
@@ -2496,51 +2493,51 @@
       </c>
       <c r="D57" t="s">
         <v>232</v>
       </c>
       <c r="E57" t="s">
         <v>10</v>
       </c>
       <c r="F57" t="s">
         <v>233</v>
       </c>
       <c r="G57" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>235</v>
       </c>
       <c r="C58" t="s">
         <v>236</v>
       </c>
       <c r="D58" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58" t="s">
         <v>237</v>
       </c>
       <c r="G58" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>239</v>
       </c>
       <c r="C59" t="s">
         <v>240</v>
       </c>
       <c r="D59" t="s">
         <v>241</v>
       </c>
       <c r="E59" t="s">
@@ -2697,51 +2694,51 @@
       </c>
       <c r="B66" t="s">
         <v>269</v>
       </c>
       <c r="E66" t="s">
         <v>10</v>
       </c>
       <c r="F66" t="s">
         <v>270</v>
       </c>
       <c r="G66" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>272</v>
       </c>
       <c r="C67" t="s">
         <v>273</v>
       </c>
       <c r="D67" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E67" t="s">
         <v>10</v>
       </c>
       <c r="F67" t="s">
         <v>274</v>
       </c>
       <c r="G67" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>276</v>
       </c>
       <c r="D68" t="s">
         <v>277</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68" t="s">