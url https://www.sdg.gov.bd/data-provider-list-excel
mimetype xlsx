--- v3 (2026-01-09)
+++ v4 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Provider List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>SHED</t>
   </si>
   <si>
@@ -656,72 +656,84 @@
   <si>
     <t>sunzida sultana</t>
   </si>
   <si>
     <t>sunzu.kona@gmail.com</t>
   </si>
   <si>
     <t>01678034127</t>
   </si>
   <si>
     <t>Ministry Of Cultural Affairs</t>
   </si>
   <si>
     <t>RUMPA RANI SARKER</t>
   </si>
   <si>
     <t xml:space="preserve">Assistant Maintenance Engineer  </t>
   </si>
   <si>
     <t>r.rumpasarker@gmail.com</t>
   </si>
   <si>
     <t>01791942780</t>
   </si>
   <si>
+    <t>BANBEIS</t>
+  </si>
+  <si>
+    <t>Noor Mohammad</t>
+  </si>
+  <si>
+    <t>noor.sbi.du@gmail.com</t>
+  </si>
+  <si>
+    <t>01710480992</t>
+  </si>
+  <si>
+    <t>Directorate of Primary Education</t>
+  </si>
+  <si>
+    <t>Ismail Hossain</t>
+  </si>
+  <si>
+    <t>ismail.dpegovbd@gmail.com</t>
+  </si>
+  <si>
+    <t>01575312565</t>
+  </si>
+  <si>
     <t>Directorate of Health</t>
   </si>
   <si>
     <t>Md. Toufiq Hassan Shawon</t>
   </si>
   <si>
     <t>sawontheboss4@gmail.com</t>
   </si>
   <si>
     <t>01710571571</t>
-  </si>
-[...10 lines deleted...]
-    <t>01710480992</t>
   </si>
   <si>
     <t>Bangladesh Fisheries Research Institute</t>
   </si>
   <si>
     <t>msi.89p@gmail.com</t>
   </si>
   <si>
     <t>01722910270</t>
   </si>
   <si>
     <t>Hydrocarbon Unit</t>
   </si>
   <si>
     <t>Shihab Mahmud</t>
   </si>
   <si>
     <t>Deputy Director (Exploration and Production)</t>
   </si>
   <si>
     <t>shihab181.nsu@gmail.com</t>
   </si>
   <si>
     <t>01834813396</t>
   </si>
@@ -1217,51 +1229,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G70"/>
+  <dimension ref="A1:G71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2406,410 +2418,430 @@
         <v>215</v>
       </c>
       <c r="D53" t="s">
         <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53" t="s">
         <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>218</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" t="s">
         <v>10</v>
       </c>
       <c r="F54" t="s">
         <v>220</v>
       </c>
       <c r="G54" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>222</v>
       </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>18</v>
+      </c>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G55" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C56" t="s">
         <v>226</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" t="s">
         <v>227</v>
       </c>
-      <c r="E56" t="s">
-[...2 lines deleted...]
-      <c r="F56" t="s">
+      <c r="G56" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>229</v>
+      </c>
+      <c r="C57" t="s">
         <v>230</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>231</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
         <v>232</v>
       </c>
-      <c r="E57" t="s">
-[...2 lines deleted...]
-      <c r="F57" t="s">
+      <c r="G57" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>234</v>
+      </c>
+      <c r="C58" t="s">
         <v>235</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58" t="s">
         <v>237</v>
       </c>
       <c r="G58" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>239</v>
       </c>
       <c r="C59" t="s">
         <v>240</v>
       </c>
       <c r="D59" t="s">
+        <v>119</v>
+      </c>
+      <c r="E59" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
         <v>241</v>
       </c>
-      <c r="E59" t="s">
-[...2 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G59" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" t="s">
         <v>244</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>245</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
         <v>246</v>
       </c>
-      <c r="E60" t="s">
-[...2 lines deleted...]
-      <c r="F60" t="s">
+      <c r="G60" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>248</v>
+      </c>
+      <c r="C61" t="s">
         <v>249</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E61" t="s">
         <v>10</v>
       </c>
       <c r="F61" t="s">
         <v>251</v>
       </c>
       <c r="G61" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>190</v>
+        <v>253</v>
       </c>
       <c r="C62" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="E62" t="s">
         <v>10</v>
       </c>
       <c r="F62" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G62" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>256</v>
+        <v>190</v>
       </c>
       <c r="C63" t="s">
         <v>257</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63" t="s">
         <v>258</v>
       </c>
       <c r="G63" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>260</v>
       </c>
       <c r="C64" t="s">
         <v>261</v>
       </c>
       <c r="D64" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="E64" t="s">
         <v>10</v>
       </c>
       <c r="F64" t="s">
         <v>262</v>
       </c>
       <c r="G64" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>264</v>
       </c>
       <c r="C65" t="s">
         <v>265</v>
       </c>
       <c r="D65" t="s">
+        <v>109</v>
+      </c>
+      <c r="E65" t="s">
+        <v>10</v>
+      </c>
+      <c r="F65" t="s">
         <v>266</v>
       </c>
-      <c r="E65" t="s">
-[...2 lines deleted...]
-      <c r="F65" t="s">
+      <c r="G65" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>268</v>
+      </c>
+      <c r="C66" t="s">
         <v>269</v>
       </c>
+      <c r="D66" t="s">
+        <v>270</v>
+      </c>
       <c r="E66" t="s">
         <v>10</v>
       </c>
       <c r="F66" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G66" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="C67" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E67" t="s">
         <v>10</v>
       </c>
       <c r="F67" t="s">
         <v>274</v>
       </c>
       <c r="G67" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>276</v>
       </c>
+      <c r="C68" t="s">
+        <v>277</v>
+      </c>
       <c r="D68" t="s">
-        <v>277</v>
+        <v>42</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68" t="s">
         <v>278</v>
       </c>
       <c r="G68" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>280</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>281</v>
       </c>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69" t="s">
         <v>282</v>
       </c>
       <c r="G69" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>284</v>
+      </c>
+      <c r="C70" t="s">
+        <v>285</v>
+      </c>
+      <c r="E70" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" t="s">
+        <v>286</v>
+      </c>
+      <c r="G70" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
         <v>18</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="C71" t="s">
+        <v>288</v>
+      </c>
+      <c r="D71" t="s">
         <v>18</v>
       </c>
-      <c r="E70" t="s">
-[...5 lines deleted...]
-      <c r="G70">
+      <c r="E71" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>289</v>
+      </c>
+      <c r="G71">
         <v>8801711226640</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>