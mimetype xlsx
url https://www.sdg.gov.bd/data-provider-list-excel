--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Provider List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>S/L</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>SHED</t>
   </si>
   <si>
@@ -125,194 +125,194 @@
   <si>
     <t>01715298417</t>
   </si>
   <si>
     <t>Syed Mohammad Sadat</t>
   </si>
   <si>
     <t>syed.md.sadat@gmail.com</t>
   </si>
   <si>
     <t>DIRECTORATE OF SECONDARY AND HIGHER EDUCATION</t>
   </si>
   <si>
     <t>MINHAJ UDDIN AHAMMAD</t>
   </si>
   <si>
     <t>Assistant Director(Pla &amp; Dev)-3</t>
   </si>
   <si>
     <t xml:space="preserve">ahammad.mu@gmail.com </t>
   </si>
   <si>
     <t>Ministry of Environment, Forest and Climate Change</t>
   </si>
   <si>
+    <t>mishu.eee.2001@gmail.com</t>
+  </si>
+  <si>
+    <t>01712118765</t>
+  </si>
+  <si>
+    <t>Ministry of Labour &amp; Employment</t>
+  </si>
+  <si>
+    <t>Sukanta Basak</t>
+  </si>
+  <si>
+    <t>System Analyst</t>
+  </si>
+  <si>
+    <t>sbasakmole@gmail.com</t>
+  </si>
+  <si>
+    <t>01552373824</t>
+  </si>
+  <si>
+    <t>Bangladesh Livestock Research Institute</t>
+  </si>
+  <si>
+    <t>Farzana Yasmin</t>
+  </si>
+  <si>
+    <t>Scientific Officer</t>
+  </si>
+  <si>
+    <t>farzana.cvasu16@gmail.com</t>
+  </si>
+  <si>
+    <t>01624501325</t>
+  </si>
+  <si>
+    <t>BRTA</t>
+  </si>
+  <si>
+    <t>Md.Mashiur Rahman</t>
+  </si>
+  <si>
+    <t>Assistant Maintenance Engineer</t>
+  </si>
+  <si>
+    <t>mashiur.brta@gmail.com</t>
+  </si>
+  <si>
+    <t>01712309966</t>
+  </si>
+  <si>
+    <t>Office of the Registrar General, Birth and Death Registration</t>
+  </si>
+  <si>
+    <t>Md. Akhtar Jamil</t>
+  </si>
+  <si>
+    <t>Assistant Registrar General</t>
+  </si>
+  <si>
+    <t>arg2@orgbdr.gov.bd</t>
+  </si>
+  <si>
+    <t>01722960589</t>
+  </si>
+  <si>
+    <t>Sustainable &amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
+  </si>
+  <si>
+    <t>Md. Rashedul Alam</t>
+  </si>
+  <si>
+    <t>Assistant Director</t>
+  </si>
+  <si>
+    <t>rashed4912@gmail.com</t>
+  </si>
+  <si>
+    <t>01740969291</t>
+  </si>
+  <si>
+    <t>Bangladesh Inland Water Transport Authority</t>
+  </si>
+  <si>
+    <t>Mizanur Rahman</t>
+  </si>
+  <si>
+    <t>Assistant Coordination Officer</t>
+  </si>
+  <si>
+    <t>mizanbdk@gmail.com</t>
+  </si>
+  <si>
+    <t>01672748770</t>
+  </si>
+  <si>
+    <t>Ministry of Science and Technology</t>
+  </si>
+  <si>
+    <t>Prashanta Kumar Das</t>
+  </si>
+  <si>
+    <t>prashantabcs28@yahoo.com</t>
+  </si>
+  <si>
+    <t>01717260167</t>
+  </si>
+  <si>
+    <t>Economic Relations Division</t>
+  </si>
+  <si>
+    <t>Mohammad Monsour Uddin</t>
+  </si>
+  <si>
+    <t>Joint Secretary</t>
+  </si>
+  <si>
+    <t>monsouruddin@gmail.com</t>
+  </si>
+  <si>
+    <t>01711607005</t>
+  </si>
+  <si>
+    <t>Ministry of Disaster Management and Relief</t>
+  </si>
+  <si>
+    <t>Mohammad Abdul Quader</t>
+  </si>
+  <si>
+    <t>quader75@gmail.com</t>
+  </si>
+  <si>
+    <t>01740555698</t>
+  </si>
+  <si>
+    <t>Ministry of Primary and Mass Education</t>
+  </si>
+  <si>
+    <t>Md. Shahidul Islam</t>
+  </si>
+  <si>
     <t>Assistant Programmer</t>
   </si>
   <si>
-    <t>lailyec@gmail.com</t>
-[...139 lines deleted...]
-  <si>
     <t>shahidmopme@gmail.com</t>
   </si>
   <si>
     <t>01670902036</t>
   </si>
   <si>
     <t>Md.Mohaiminul Islam</t>
   </si>
   <si>
     <t>Assistant Secretary</t>
   </si>
   <si>
     <t>moy6018@gmail.com</t>
   </si>
   <si>
     <t>01975698604</t>
   </si>
   <si>
     <t>Civil Aviation Authority, Bangladesh</t>
   </si>
   <si>
     <t>Md. Masudur Rahman</t>
   </si>
   <si>
     <t>masudeconomist@gmail.com</t>
@@ -540,50 +540,62 @@
     <t>ap@infocom.gov.bd</t>
   </si>
   <si>
     <t>01750008265</t>
   </si>
   <si>
     <t>National Human Rights Commission, Bangladesh</t>
   </si>
   <si>
     <t>ad.it@nhrc.org.bd</t>
   </si>
   <si>
     <t>01783999952</t>
   </si>
   <si>
     <t>National Board of Revenue</t>
   </si>
   <si>
     <t>MD. MONIRUL ISLAM</t>
   </si>
   <si>
     <t>monirulislam.nbr@gmail.com</t>
   </si>
   <si>
     <t>01687332074</t>
+  </si>
+  <si>
+    <t>Bangladesh Telecommunication Regulatory Commission</t>
+  </si>
+  <si>
+    <t>Engr. Md. Mehfuz Bin Khaled</t>
+  </si>
+  <si>
+    <t>mehfuz@btrc.gov.bd</t>
+  </si>
+  <si>
+    <t>01552202775</t>
   </si>
   <si>
     <t>এনজিও বিষয়ক ব্যুরো</t>
   </si>
   <si>
     <t>Bipul Dhandra Das</t>
   </si>
   <si>
     <t>bipul311286@gmail.com</t>
   </si>
   <si>
     <t>01723457807</t>
   </si>
   <si>
     <t>Statistics and Informatices Division</t>
   </si>
   <si>
     <t>Merage begum</t>
   </si>
   <si>
     <t>meragerosy@gmail.com</t>
   </si>
   <si>
     <t>01716228698</t>
   </si>
@@ -1229,51 +1241,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G71"/>
+  <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1429,278 +1441,278 @@
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8">
         <v>1558722901</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" t="s">
         <v>37</v>
       </c>
-      <c r="E9" t="s">
-[...2 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" t="s">
         <v>40</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>41</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" t="s">
         <v>42</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" t="s">
         <v>45</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>46</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" t="s">
         <v>47</v>
       </c>
-      <c r="E11" t="s">
-[...2 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>51</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" t="s">
         <v>52</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>56</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" t="s">
         <v>57</v>
       </c>
-      <c r="E13" t="s">
-[...2 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>61</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" t="s">
         <v>62</v>
       </c>
-      <c r="E14" t="s">
-[...2 lines deleted...]
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>66</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
         <v>67</v>
       </c>
-      <c r="E15" t="s">
-[...2 lines deleted...]
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
         <v>74</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>75</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" t="s">
         <v>76</v>
       </c>
-      <c r="E17" t="s">
-[...2 lines deleted...]
-      <c r="F17" t="s">
+      <c r="G17" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" t="s">
         <v>79</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
         <v>80</v>
       </c>
-      <c r="E18" t="s">
-[...2 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" t="s">
         <v>83</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>10</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>88</v>
       </c>
       <c r="E20" t="s">
@@ -1989,51 +2001,51 @@
       </c>
       <c r="D33" t="s">
         <v>142</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33" t="s">
         <v>143</v>
       </c>
       <c r="G33" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>145</v>
       </c>
       <c r="C34" t="s">
         <v>146</v>
       </c>
       <c r="D34" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34" t="s">
         <v>147</v>
       </c>
       <c r="G34" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>149</v>
       </c>
       <c r="C35" t="s">
         <v>150</v>
       </c>
       <c r="D35" t="s">
         <v>151</v>
       </c>
       <c r="E35" t="s">
@@ -2180,668 +2192,691 @@
         <v>173</v>
       </c>
       <c r="D42" t="s">
         <v>119</v>
       </c>
       <c r="E42" t="s">
         <v>10</v>
       </c>
       <c r="F42" t="s">
         <v>174</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>176</v>
       </c>
       <c r="C43" t="s">
         <v>177</v>
       </c>
+      <c r="D43" t="s">
+        <v>109</v>
+      </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43" t="s">
         <v>178</v>
       </c>
       <c r="G43" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>180</v>
       </c>
       <c r="C44" t="s">
         <v>181</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
         <v>10</v>
       </c>
       <c r="F44" t="s">
         <v>182</v>
       </c>
       <c r="G44" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="C45" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="E45" t="s">
         <v>10</v>
       </c>
       <c r="F45" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>8801676650704</v>
+        <v>186</v>
+      </c>
+      <c r="G45" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>186</v>
+        <v>18</v>
       </c>
       <c r="C46" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D46" t="s">
         <v>18</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="G46" t="s">
         <v>189</v>
+      </c>
+      <c r="G46">
+        <v>8801676650704</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>190</v>
       </c>
       <c r="C47" t="s">
         <v>191</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E47" t="s">
         <v>10</v>
       </c>
       <c r="F47" t="s">
         <v>192</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>194</v>
       </c>
+      <c r="C48" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
       <c r="E48" t="s">
         <v>10</v>
       </c>
       <c r="F48" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G48" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C49" t="s">
         <v>198</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
         <v>199</v>
       </c>
-      <c r="E49" t="s">
-[...2 lines deleted...]
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>95</v>
+        <v>201</v>
       </c>
       <c r="C50" t="s">
         <v>202</v>
       </c>
+      <c r="D50" t="s">
+        <v>203</v>
+      </c>
       <c r="E50" t="s">
         <v>10</v>
       </c>
       <c r="F50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G50" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>205</v>
+        <v>95</v>
       </c>
       <c r="C51" t="s">
         <v>206</v>
       </c>
       <c r="E51" t="s">
         <v>10</v>
       </c>
       <c r="F51" t="s">
         <v>207</v>
       </c>
       <c r="G51" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>209</v>
       </c>
       <c r="C52" t="s">
         <v>210</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
         <v>211</v>
       </c>
-      <c r="E52" t="s">
-[...2 lines deleted...]
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53" t="s">
         <v>214</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53" t="s">
         <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>218</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
+      <c r="D54" t="s">
+        <v>18</v>
+      </c>
       <c r="E54" t="s">
         <v>10</v>
       </c>
       <c r="F54" t="s">
         <v>220</v>
       </c>
       <c r="G54" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>222</v>
       </c>
       <c r="C55" t="s">
         <v>223</v>
       </c>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55" t="s">
         <v>224</v>
       </c>
       <c r="G55" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>226</v>
       </c>
+      <c r="C56" t="s">
+        <v>227</v>
+      </c>
+      <c r="D56" t="s">
+        <v>18</v>
+      </c>
       <c r="E56" t="s">
         <v>10</v>
       </c>
       <c r="F56" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G56" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="C57" t="s">
         <v>230</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
         <v>231</v>
       </c>
-      <c r="E57" t="s">
-[...2 lines deleted...]
-      <c r="F57" t="s">
+      <c r="G57" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>233</v>
+      </c>
+      <c r="C58" t="s">
         <v>234</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>235</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
         <v>236</v>
       </c>
-      <c r="E58" t="s">
-[...2 lines deleted...]
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>238</v>
+      </c>
+      <c r="C59" t="s">
         <v>239</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E59" t="s">
         <v>10</v>
       </c>
       <c r="F59" t="s">
         <v>241</v>
       </c>
       <c r="G59" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>243</v>
       </c>
       <c r="C60" t="s">
         <v>244</v>
       </c>
       <c r="D60" t="s">
+        <v>119</v>
+      </c>
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
         <v>245</v>
       </c>
-      <c r="E60" t="s">
-[...2 lines deleted...]
-      <c r="F60" t="s">
+      <c r="G60" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" t="s">
         <v>248</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>249</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
         <v>250</v>
       </c>
-      <c r="E61" t="s">
-[...2 lines deleted...]
-      <c r="F61" t="s">
+      <c r="G61" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" t="s">
         <v>253</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E62" t="s">
         <v>10</v>
       </c>
       <c r="F62" t="s">
         <v>255</v>
       </c>
       <c r="G62" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>190</v>
+        <v>257</v>
       </c>
       <c r="C63" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G63" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>260</v>
+        <v>194</v>
       </c>
       <c r="C64" t="s">
         <v>261</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E64" t="s">
         <v>10</v>
       </c>
       <c r="F64" t="s">
         <v>262</v>
       </c>
       <c r="G64" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>264</v>
       </c>
       <c r="C65" t="s">
         <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="E65" t="s">
         <v>10</v>
       </c>
       <c r="F65" t="s">
         <v>266</v>
       </c>
       <c r="G65" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>268</v>
       </c>
       <c r="C66" t="s">
         <v>269</v>
       </c>
       <c r="D66" t="s">
+        <v>109</v>
+      </c>
+      <c r="E66" t="s">
+        <v>10</v>
+      </c>
+      <c r="F66" t="s">
         <v>270</v>
       </c>
-      <c r="E66" t="s">
-[...2 lines deleted...]
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" t="s">
         <v>273</v>
       </c>
+      <c r="D67" t="s">
+        <v>274</v>
+      </c>
       <c r="E67" t="s">
         <v>10</v>
       </c>
       <c r="F67" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G67" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C68" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68" t="s">
         <v>278</v>
       </c>
       <c r="G68" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>280</v>
       </c>
+      <c r="C69" t="s">
+        <v>281</v>
+      </c>
       <c r="D69" t="s">
-        <v>281</v>
+        <v>41</v>
       </c>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69" t="s">
         <v>282</v>
       </c>
       <c r="G69" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>284</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>285</v>
       </c>
       <c r="E70" t="s">
         <v>10</v>
       </c>
       <c r="F70" t="s">
         <v>286</v>
       </c>
       <c r="G70" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>288</v>
+      </c>
+      <c r="C71" t="s">
+        <v>289</v>
+      </c>
+      <c r="E71" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>290</v>
+      </c>
+      <c r="G71" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72" t="s">
         <v>18</v>
       </c>
-      <c r="C71" t="s">
-[...2 lines deleted...]
-      <c r="D71" t="s">
+      <c r="C72" t="s">
+        <v>292</v>
+      </c>
+      <c r="D72" t="s">
         <v>18</v>
       </c>
-      <c r="E71" t="s">
-[...5 lines deleted...]
-      <c r="G71">
+      <c r="E72" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" t="s">
+        <v>293</v>
+      </c>
+      <c r="G72">
         <v>8801711226640</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>