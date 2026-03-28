--- v5 (2026-03-03)
+++ v6 (2026-03-28)
@@ -191,51 +191,51 @@
   <si>
     <t>Assistant Maintenance Engineer</t>
   </si>
   <si>
     <t>mashiur.brta@gmail.com</t>
   </si>
   <si>
     <t>01712309966</t>
   </si>
   <si>
     <t>Office of the Registrar General, Birth and Death Registration</t>
   </si>
   <si>
     <t>Md. Akhtar Jamil</t>
   </si>
   <si>
     <t>Assistant Registrar General</t>
   </si>
   <si>
     <t>arg2@orgbdr.gov.bd</t>
   </si>
   <si>
     <t>01722960589</t>
   </si>
   <si>
-    <t>Sustainable &amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
+    <t>Sustainable &amp;amp;amp;amp; Renewable Energy Development Authority (SREDA)</t>
   </si>
   <si>
     <t>Md. Rashedul Alam</t>
   </si>
   <si>
     <t>Assistant Director</t>
   </si>
   <si>
     <t>rashed4912@gmail.com</t>
   </si>
   <si>
     <t>01740969291</t>
   </si>
   <si>
     <t>Bangladesh Inland Water Transport Authority</t>
   </si>
   <si>
     <t>Mizanur Rahman</t>
   </si>
   <si>
     <t>Assistant Coordination Officer</t>
   </si>
   <si>
     <t>mizanbdk@gmail.com</t>
   </si>